--- v0 (2025-10-10)
+++ v1 (2026-01-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3e50a02011849a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf3921586d034cabae1adeb6944b665b.psmdcp" Id="Rc1cd2335737b4788" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fceac0c2ea84d1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5241c8eabbb84fdfa48a5bfa12612326.psmdcp" Id="Refb2df6bb3ca4c48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Pierce County H..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="433" uniqueCount="433">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>