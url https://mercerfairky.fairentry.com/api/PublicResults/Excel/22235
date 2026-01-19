--- v1 (2026-01-19)
+++ v2 (2026-01-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fceac0c2ea84d1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5241c8eabbb84fdfa48a5bfa12612326.psmdcp" Id="Refb2df6bb3ca4c48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5a306b9d81545dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/093b10e906354b6fb44b14dc07222aae.psmdcp" Id="R97cbd303ee5444a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Pierce County H..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="433" uniqueCount="433">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>