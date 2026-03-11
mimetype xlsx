--- v2 (2026-01-19)
+++ v3 (2026-03-11)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5a306b9d81545dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/093b10e906354b6fb44b14dc07222aae.psmdcp" Id="R97cbd303ee5444a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd145fa1e509543c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/70f113754281444cb3026e3455256c15.psmdcp" Id="R7dd4e0e6c440464c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Pierce County H..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="433" uniqueCount="433">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>