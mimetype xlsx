--- v0 (2025-10-17)
+++ v1 (2025-12-02)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27ad6279b3294789" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ccdf4e3f296048c592ddc53eee15eeee.psmdcp" Id="Ra7cf4629fd0d4931" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cfd9f6da29448b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/73d7f697b5e54f4784278b4745d7d7b2.psmdcp" Id="Rb5e0ea0b47974e59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Geary County Fr..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1255" uniqueCount="1255">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>