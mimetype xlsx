--- v1 (2025-12-02)
+++ v2 (2026-01-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cfd9f6da29448b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/73d7f697b5e54f4784278b4745d7d7b2.psmdcp" Id="Rb5e0ea0b47974e59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1c9300304894dd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/be3de6ef526c43fbb10094da1fe73c47.psmdcp" Id="R0d71b2e5fc104276" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Geary County Fr..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1255" uniqueCount="1255">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>