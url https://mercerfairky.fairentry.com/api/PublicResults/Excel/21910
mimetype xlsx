--- v2 (2026-01-19)
+++ v3 (2026-01-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1c9300304894dd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/be3de6ef526c43fbb10094da1fe73c47.psmdcp" Id="R0d71b2e5fc104276" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf856f8ddf7b4557" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/22eca51e93cd4e65be79df8114333886.psmdcp" Id="R8e9edcfaf71a456a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Geary County Fr..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1255" uniqueCount="1255">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>