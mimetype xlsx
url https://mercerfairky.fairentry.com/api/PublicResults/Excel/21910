--- v3 (2026-01-19)
+++ v4 (2026-03-09)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf856f8ddf7b4557" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/22eca51e93cd4e65be79df8114333886.psmdcp" Id="R8e9edcfaf71a456a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59d407a1217a49a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2104874e15e2465fbfa9707f42876df6.psmdcp" Id="R24205e839f72493f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Geary County Fr..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1255" uniqueCount="1255">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>