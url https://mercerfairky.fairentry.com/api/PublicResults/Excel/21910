--- v4 (2026-03-09)
+++ v5 (2026-03-09)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59d407a1217a49a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2104874e15e2465fbfa9707f42876df6.psmdcp" Id="R24205e839f72493f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86eb4978eb96447e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/da9dc4ef588a4f21874bea7d8519cbde.psmdcp" Id="R8ea13fcd7c7046aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Geary County Fr..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1255" uniqueCount="1255">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>